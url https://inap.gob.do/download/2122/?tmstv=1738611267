--- v0 (2025-11-19)
+++ v1 (2026-01-08)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rtavarez\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{489E2E21-C952-4604-B7BA-84294CDD017D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FC13FE8-5CF3-4E83-A49A-6079603D804E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{AE3476C4-5C85-493D-90FF-ED227EEFDC34}"/>
   </bookViews>
   <sheets>
     <sheet name="Datos-capacitacion-2019-2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2275" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2340" uniqueCount="80">
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Numeros Capacitaciones</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Barahona</t>
   </si>
   <si>
     <t>Enero</t>
   </si>
   <si>
     <t>Duarte</t>
   </si>
   <si>
     <t>La Altagracia</t>
   </si>
   <si>
@@ -1225,54 +1225,54 @@
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C00F0FF-B947-4A67-9708-DE40713D37FB}">
   <sheetPr codeName="Hoja1"/>
-  <dimension ref="A1:M1110"/>
+  <dimension ref="A1:M1143"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1077" workbookViewId="0">
-      <selection activeCell="A1079" sqref="A1079"/>
+    <sheetView tabSelected="1" topLeftCell="A1095" workbookViewId="0">
+      <selection activeCell="A1111" sqref="A1111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -16944,50 +16944,509 @@
     <row r="1109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1109" t="s">
         <v>78</v>
       </c>
       <c r="B1109">
         <v>0</v>
       </c>
       <c r="C1109" t="s">
         <v>23</v>
       </c>
       <c r="D1109">
         <v>2025</v>
       </c>
     </row>
     <row r="1110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1110" t="s">
         <v>79</v>
       </c>
       <c r="B1110">
         <v>0</v>
       </c>
       <c r="C1110" t="s">
         <v>23</v>
       </c>
       <c r="D1110">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1111" t="s">
+        <v>58</v>
+      </c>
+      <c r="B1111">
+        <v>14</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1111">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1112" t="s">
+        <v>4</v>
+      </c>
+      <c r="B1112">
+        <v>20</v>
+      </c>
+      <c r="C1112" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1112">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1113" t="s">
+        <v>59</v>
+      </c>
+      <c r="B1113">
+        <v>90</v>
+      </c>
+      <c r="C1113" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1113">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1114" t="s">
+        <v>60</v>
+      </c>
+      <c r="B1114">
+        <v>0</v>
+      </c>
+      <c r="C1114" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1114">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1115" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1115">
+        <v>1620</v>
+      </c>
+      <c r="C1115" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1115">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1116" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1116">
+        <v>61</v>
+      </c>
+      <c r="C1116" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1116">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1117" t="s">
+        <v>53</v>
+      </c>
+      <c r="B1117">
+        <v>27</v>
+      </c>
+      <c r="C1117" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1117">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1118" t="s">
+        <v>62</v>
+      </c>
+      <c r="B1118">
+        <v>0</v>
+      </c>
+      <c r="C1118" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1118">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1119" t="s">
+        <v>63</v>
+      </c>
+      <c r="B1119">
+        <v>39</v>
+      </c>
+      <c r="C1119" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1119">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1120" t="s">
+        <v>64</v>
+      </c>
+      <c r="B1120">
+        <v>7</v>
+      </c>
+      <c r="C1120" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1120">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1121" t="s">
+        <v>65</v>
+      </c>
+      <c r="B1121">
+        <v>34</v>
+      </c>
+      <c r="C1121" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1121">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1122" t="s">
+        <v>7</v>
+      </c>
+      <c r="B1122">
+        <v>126</v>
+      </c>
+      <c r="C1122" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1122">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1123" t="s">
+        <v>66</v>
+      </c>
+      <c r="B1123">
+        <v>29</v>
+      </c>
+      <c r="C1123" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1123">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1124" t="s">
+        <v>8</v>
+      </c>
+      <c r="B1124">
+        <v>0</v>
+      </c>
+      <c r="C1124" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1124">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1125" t="s">
+        <v>67</v>
+      </c>
+      <c r="B1125">
+        <v>115</v>
+      </c>
+      <c r="C1125" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1125">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1126" t="s">
+        <v>68</v>
+      </c>
+      <c r="B1126">
+        <v>45</v>
+      </c>
+      <c r="C1126" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1126">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1127" t="s">
+        <v>69</v>
+      </c>
+      <c r="B1127">
+        <v>0</v>
+      </c>
+      <c r="C1127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1127">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1128" t="s">
+        <v>70</v>
+      </c>
+      <c r="B1128">
+        <v>0</v>
+      </c>
+      <c r="C1128" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1128">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1129" t="s">
+        <v>71</v>
+      </c>
+      <c r="B1129">
+        <v>0</v>
+      </c>
+      <c r="C1129" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1129">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1130" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1130">
+        <v>0</v>
+      </c>
+      <c r="C1130" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1130">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1131" t="s">
+        <v>72</v>
+      </c>
+      <c r="B1131">
+        <v>46</v>
+      </c>
+      <c r="C1131" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1131">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1132" t="s">
+        <v>73</v>
+      </c>
+      <c r="B1132">
+        <v>0</v>
+      </c>
+      <c r="C1132" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1132">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1133" t="s">
+        <v>74</v>
+      </c>
+      <c r="B1133">
+        <v>0</v>
+      </c>
+      <c r="C1133" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1133">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1134" t="s">
+        <v>75</v>
+      </c>
+      <c r="B1134">
+        <v>0</v>
+      </c>
+      <c r="C1134" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1134">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1135" t="s">
+        <v>76</v>
+      </c>
+      <c r="B1135">
+        <v>198</v>
+      </c>
+      <c r="C1135" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1135">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1136" t="s">
+        <v>77</v>
+      </c>
+      <c r="B1136">
+        <v>27</v>
+      </c>
+      <c r="C1136" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1136">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1137" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1137">
+        <v>29</v>
+      </c>
+      <c r="C1137" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1137">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1138" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1138">
+        <v>93</v>
+      </c>
+      <c r="C1138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1138">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1139" t="s">
+        <v>13</v>
+      </c>
+      <c r="B1139">
+        <v>140</v>
+      </c>
+      <c r="C1139" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1139">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1140" t="s">
+        <v>14</v>
+      </c>
+      <c r="B1140">
+        <v>0</v>
+      </c>
+      <c r="C1140" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1140">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1141" t="s">
+        <v>78</v>
+      </c>
+      <c r="B1141">
+        <v>76</v>
+      </c>
+      <c r="C1141" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1141">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A1142" t="s">
+        <v>79</v>
+      </c>
+      <c r="B1142">
+        <v>23</v>
+      </c>
+      <c r="C1142" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1142">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B1143">
+        <v>36</v>
+      </c>
+      <c r="C1143" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1143">
         <v>2025</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="18" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>